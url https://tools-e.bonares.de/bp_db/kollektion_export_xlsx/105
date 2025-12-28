--- v0 (2025-10-14)
+++ v1 (2025-12-28)
@@ -1524,50 +1524,51 @@
       <c r="AU3" t="inlineStr"/>
       <c r="AV3" t="inlineStr"/>
       <c r="AW3" t="inlineStr"/>
       <c r="AX3" t="inlineStr"/>
       <c r="AY3" t="inlineStr"/>
       <c r="AZ3" t="inlineStr"/>
       <c r="BA3" t="inlineStr"/>
       <c r="BB3" t="inlineStr"/>
       <c r="BC3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BERL_01</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>1</v>
       </c>
       <c r="C4" t="n">
         <v>0</v>
       </c>
       <c r="D4" t="n">
         <v>15</v>
       </c>
+      <c r="F4" t="inlineStr"/>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr">
         <is>
           <t>Ah</t>
         </is>
       </c>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr"/>
       <c r="K4" t="inlineStr"/>
       <c r="L4" t="inlineStr">
         <is>
           <t>h4</t>
         </is>
       </c>
       <c r="M4" t="inlineStr"/>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr"/>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr"/>
       <c r="R4" t="inlineStr"/>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="inlineStr"/>
       <c r="U4" t="inlineStr"/>
       <c r="V4" t="inlineStr"/>
       <c r="W4" t="inlineStr"/>
@@ -1625,50 +1626,51 @@
       <c r="AY4" t="inlineStr"/>
       <c r="AZ4" t="inlineStr"/>
       <c r="BA4" t="inlineStr">
         <is>
           <t>LK 4</t>
         </is>
       </c>
       <c r="BB4" t="inlineStr"/>
       <c r="BC4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BERL_01</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>2</v>
       </c>
       <c r="C5" t="n">
         <v>15</v>
       </c>
       <c r="D5" t="n">
         <v>60</v>
       </c>
+      <c r="F5" t="inlineStr"/>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr">
         <is>
           <t>Bv</t>
         </is>
       </c>
       <c r="I5" t="inlineStr"/>
       <c r="J5" t="inlineStr"/>
       <c r="K5" t="inlineStr"/>
       <c r="L5" t="inlineStr">
         <is>
           <t>h1</t>
         </is>
       </c>
       <c r="M5" t="inlineStr"/>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr"/>
       <c r="R5" t="inlineStr"/>
       <c r="S5" t="inlineStr"/>
       <c r="T5" t="inlineStr"/>
       <c r="U5" t="inlineStr"/>
       <c r="V5" t="inlineStr"/>
       <c r="W5" t="inlineStr"/>
@@ -1726,50 +1728,51 @@
       <c r="AY5" t="inlineStr"/>
       <c r="AZ5" t="inlineStr"/>
       <c r="BA5" t="inlineStr">
         <is>
           <t>LK 4</t>
         </is>
       </c>
       <c r="BB5" t="inlineStr"/>
       <c r="BC5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BERL_01</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>3</v>
       </c>
       <c r="C6" t="n">
         <v>60</v>
       </c>
       <c r="D6" t="n">
         <v>100</v>
       </c>
+      <c r="F6" t="inlineStr"/>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr">
         <is>
           <t>Sw</t>
         </is>
       </c>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr"/>
       <c r="K6" t="inlineStr"/>
       <c r="L6" t="inlineStr">
         <is>
           <t>kA</t>
         </is>
       </c>
       <c r="M6" t="inlineStr"/>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr"/>
       <c r="R6" t="inlineStr"/>
       <c r="S6" t="inlineStr"/>
       <c r="T6" t="inlineStr"/>
       <c r="U6" t="inlineStr"/>
       <c r="V6" t="inlineStr"/>
       <c r="W6" t="inlineStr"/>