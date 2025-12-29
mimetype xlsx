--- v0 (2025-10-10)
+++ v1 (2025-12-29)
@@ -1319,50 +1319,51 @@
       <c r="AU2" t="inlineStr"/>
       <c r="AV2" t="inlineStr"/>
       <c r="AW2" t="inlineStr"/>
       <c r="AX2" t="inlineStr"/>
       <c r="AY2" t="inlineStr"/>
       <c r="AZ2" t="inlineStr"/>
       <c r="BA2" t="inlineStr"/>
       <c r="BB2" t="inlineStr"/>
       <c r="BC2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BERL_03</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>2</v>
       </c>
       <c r="C3" t="n">
         <v>25</v>
       </c>
       <c r="D3" t="n">
         <v>80</v>
       </c>
+      <c r="F3" t="inlineStr"/>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr">
         <is>
           <t>Bt</t>
         </is>
       </c>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr"/>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr">
         <is>
           <t>h2</t>
         </is>
       </c>
       <c r="M3" t="inlineStr"/>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr"/>
       <c r="R3" t="inlineStr"/>
       <c r="S3" t="inlineStr"/>
       <c r="T3" t="inlineStr"/>
       <c r="U3" t="inlineStr"/>
       <c r="V3" t="inlineStr"/>
       <c r="W3" t="inlineStr"/>