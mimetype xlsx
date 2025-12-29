--- v0 (2025-10-10)
+++ v1 (2025-12-29)
@@ -1323,50 +1323,51 @@
       <c r="AY2" t="inlineStr"/>
       <c r="AZ2" t="inlineStr"/>
       <c r="BA2" t="inlineStr">
         <is>
           <t>LK 4</t>
         </is>
       </c>
       <c r="BB2" t="inlineStr"/>
       <c r="BC2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BERL_01</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>2</v>
       </c>
       <c r="C3" t="n">
         <v>15</v>
       </c>
       <c r="D3" t="n">
         <v>60</v>
       </c>
+      <c r="F3" t="inlineStr"/>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr">
         <is>
           <t>Bv</t>
         </is>
       </c>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr"/>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr">
         <is>
           <t>h1</t>
         </is>
       </c>
       <c r="M3" t="inlineStr"/>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr"/>
       <c r="R3" t="inlineStr"/>
       <c r="S3" t="inlineStr"/>
       <c r="T3" t="inlineStr"/>
       <c r="U3" t="inlineStr"/>
       <c r="V3" t="inlineStr"/>
       <c r="W3" t="inlineStr"/>
@@ -1424,50 +1425,51 @@
       <c r="AY3" t="inlineStr"/>
       <c r="AZ3" t="inlineStr"/>
       <c r="BA3" t="inlineStr">
         <is>
           <t>LK 4</t>
         </is>
       </c>
       <c r="BB3" t="inlineStr"/>
       <c r="BC3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BERL_01</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>3</v>
       </c>
       <c r="C4" t="n">
         <v>60</v>
       </c>
       <c r="D4" t="n">
         <v>100</v>
       </c>
+      <c r="F4" t="inlineStr"/>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr">
         <is>
           <t>Sw</t>
         </is>
       </c>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr"/>
       <c r="K4" t="inlineStr"/>
       <c r="L4" t="inlineStr">
         <is>
           <t>kA</t>
         </is>
       </c>
       <c r="M4" t="inlineStr"/>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr"/>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr"/>
       <c r="R4" t="inlineStr"/>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="inlineStr"/>
       <c r="U4" t="inlineStr"/>
       <c r="V4" t="inlineStr"/>
       <c r="W4" t="inlineStr"/>